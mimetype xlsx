--- v0 (2025-12-17)
+++ v1 (2026-03-15)
@@ -51,399 +51,399 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS DE MANUTENÇÃO E RECUPERAÇÃO DA ESTRADA RM09, QUE FAZ A LIGAÇÃO DA CIDADE DE FORMOSO À COOPERTINGA.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS DE MANUTENÇÃO E RECUPERAÇÃO DA ESTRADA QUE FAZ A LIGAÇÃO DO DISTRITO DE GOIAMINAS À COOPERTINGA.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS DE RECUPERAÇÃO DO ASFALTO, NAS RUAS DO DISTRITO DE GOIAMINAS.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS DE RECUPERAÇÃO DAS RUAS DA COHAB, SETOR AEROPORTO.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS DE RECUPERAÇÃO DAS ESTRADAS QUE DÃO ACESSO À IGREJA CATÓLICA E DEMAIS RAMAIS NA LOCALIDADE PIRATINGA DOS PIABAS.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS NA CONSTRUÇÃO DA NOVA PONTE SOBRE O RIO PIRATINGA NA RM 09, VIA BR 020.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS NA REFORMA DAS PONTES SOBRE OS RIOS: RASGADO, QUEBRA-QUINAU, TABOCA, SÃO FRANCISCO E SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS NA CONSTRUÇÃO DE BUEIRO NO CÓRREGO BARREIRO.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS NA CONSTRUÇÃO DE BARRAGENS PARA PEQUENOS PRODUTORES E ASSENTADOS. </t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A POSSIBILIDADE DE GRATIFICAR AQUELES QUE OCUPAM O CARGO E/OU EXERCEM A FUNÇÃO DE SECRETÁRIO ESCOLAR.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS NA SINALIZAÇÃO DAS RUAS PRINCIPAIS DA CIDADE, COM PRIORIDADE ÀS VIAS DE ACESSO ESCOLAR, COM FAIXAS, PLACAS E QUEBRA-MOLAS.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A POSSIBILIDADE DE REABERTURA DO BERÇÁRIO DA CRECHE PARAÍSO INFANTIL.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER, OUVIDO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE SOLICITE À ILUSTRE PREFEITA MUNICIPAL CÓPIA DO CONTRATO DE LOCAÇÃO DO IMÓVEL UTILIZADO PARA O FUNCIONAMENTO DA AGÊNCIA DOS CORREIOS DO DISTRITO DE GOIAMINAS. </t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.jpeg</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ENCAMINHA PROJETO DE LEI 1/2015</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA PROJETO DE LEI 3/2015 </t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA PROJETO DE LEI QUE CONCEDE REVISÃO SALARIAL.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>APRESENTA O PROJETO DE LEI 7/2015 QUE PROMOVE A DOAÇÃO DE LOTES URBANOS NO BAIRRO VILA SANTA LUZIA, NA CONSTRUÇÃO DE MORADIAS DO PROGRAMA "MINHA CASA, MINHA VIDA".</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>PLANO DECENAL MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>DOAÇÃO DE ÁREA OCUPADA PELO SR. ANTÔNIO PEREIRA GOMES, DESTINADA À CONSTRUÇÃO DE ANTENA DE RECEPÇÃO E TRANSMISSÃO DE TELEFONIA CELULAR.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/</t>
+    <t>http://sapl.formoso.mg.leg.br/media/</t>
   </si>
   <si>
     <t>ENCAMINHAMOS A ESTA DOUTA EDILIDADE O PROJETO DE LEI QUE DISPÕE SOBRE A AJUDA FINANCEIRA À ASSOCIAÇÃO BENEFICENTE CRISTÃ DE FORMOSO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>PARA OS EFEITOS LEGAIS SUBMETEMOS A DELIBERAÇÃO DESSA CÂMARA MUNICIPAL PROJETO DE LEI DISPONDO O ORÇAMENTO PARA O ANO DE 2016, ESTIMANDO-LHE A RECEITA E FIXANDO-LHE A DESPESA.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t xml:space="preserve"> ALTERAÇÃO DO PLANO PLURIANUAL  DE AÇÕES PARA O QUADRIÊNIO 2014/2017.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE SANEAMENTO BÁSICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO PA SOL NASCENTE.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL AOS PROFISSIONAIS DO MAGISTÉRIO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O VENCIMENTO BASE DOS CARGOS E FUNÇÕES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES MUNICIPAIS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CHEFE DO PODER EXECUTIVO MUNICIPAL A DOAR A ÁREA QUE ESPECIFICA PARA FINS DE CONSTRUÇÃO DE MORADIAS DO PROGRAMA "MINHA CASA, MINHA VIDA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISA A REMUNERAÇÃO DOS SERVIDORES DA CÂMARA MUNICIPAL DE FORMOSO-MG.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL NO IMPORTE DE R$ 6.541,60 (SEIS MIL, QUINHENTOS E QUARENTA E HUM REAIS E SESSENTA CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO - PME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE4 PÚBLICA A CENTRAL DE ASSOCIAÇÕES DE FORMOSO E REGIÃO.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 514, DE 25 DE NOVEMBRO DE 2014 QUE AUTORIZOU A CHEFE DO PODER EXECUTIVO MUNICIPAL A DOAR A ÁREA QUE ESPECIFICA PARA FINS DE INSTALAÇÃO DE ANTENA DE RECEPÇÃO E TRANSMISSÃO DE SINAL DE TELEFONIA CELULAR.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DIREITOS DO IDOSO, DO FUNDO MUNICIPAL DE DIREITOS DO IDOSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALIENAR, MEDIANTE VENDA, IMÓVEIS PERTENCENTES AO PATRIMÔNIO PÚBLICO MUNICIPAL, QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A AJUDA FINANCEIRA A ASSOCIAÇÃO FILANTRÓPICA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>ALTERA LEI 207/2003, QUE DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DOS ADOLESCENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE FORMOSO PARA O EXERCÍCIO FINANCEIRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>79</t>
   </si>
@@ -459,167 +459,167 @@
   <si>
     <t>81</t>
   </si>
   <si>
     <t>ALTERA O INCISO I DO ART.1º DA LEI 486/2013, QUE DISPÕE SOBRE DOAÇÃO DE IMÓVEL AO ESTADO DE MINAS GERAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>ALTERA O 1º DO ART. 5º DA LEI 299/2006, QUE INSTITUI A CONTRIBUIÇÃO PARA O CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t xml:space="preserve">REVISA O SUBSIDIO DA PREFEITA, DO VICE- PREFEITO, DOS VEREADORES E DOS SECRETÁRIOS MUNICIPAIS DE FORMOSO- MG. </t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A PREFEITA QUANTO AOS VALORES DISPONÍVEIS EM CONTAS ESPECIFICAS DA PREFEITA MUNICIPAL PARA CONCLUSÃO DAS OBRAS DA ESCOLA MUNICIPAL MATILDE CARNEIRO DE ALMEIDA, SITUADA NO P.A SÃO FRANCISCO, E DA CRECHE PRÓ-INFÂNCIA, BEM COMO O ENVIO DAS PLANILHAS ORÇAMENTARIAS REFERENTES AO REMANESCENTE DAS REFERIDAS OBRAS E, SE HOUVER, DOS RESPECTIVOS PROJETOS.   </t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PREFEITA INFORMAÇÕES SOBRE O QUANTITATIVO DE SERVIDORES PÚBLICOS DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO MUNICIPAL , INCLUSIVE DOS COMISSIONADOS E CONTRATADOS TEMPORARIAMENTE, COMPREENDENDO NOME COMPLETO, CARGO E/OU FUNÇÃO E VENCIMENTO REFERENTES AOS EXERCÍCIOS DE 2014 E 2015.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PREFEITA CÓPIA DAS FOLHAS DE PAGAMENTO DOS SERVIDORES PÚBLICOS DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO MUNICIPAL, INCLUSIVE DOS COMISSIONADOS E CONTRATADOS TEMPORARIAMENTE, REFERENTES AOS EXERCÍCIOS DE 2013 E 2014 E O MÊS DE JANEIRO DE 2015.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITA, OS SEGUINTES DOCUMENTOS E INFORMAÇÕES:_x000D_
 I) - CÓPIA DOS CARTÕES PONTO DOS FUNCIONÁRIOS DA LIMPEZA URBANA (VARREÇÃO DE RUA) REFERENTE AO EXERCÍCIO DE 2013 ATÉ A PRESENTE DATA;_x000D_
 II) - CÓPIA DOS TERMOS DE POSSE DOS SERVIDORES EMPOSSADOS EM 12 DE JUNHO DE 2014 PARA O CARGO DE AUXILIAR DE SERVIÇOS GERAIS, PROVIMENTO EFETIVO;_x000D_
 III) - LOCAL DE TRABALHO DE CADA SERVIDOR EMPOSSADO EM 12 DE JUNHO DE 2014 PARA O CARGO DE AUXILIAR DE SERVIÇOS GERAIS, PROVIMENTO EFETIVO, BEM COMO SUA FUNÇÃO;_x000D_
 IV) - NOME DO DIRETOR OU DO CHEFE IMEDIATO DE SERVIÇO DE LIMPEZA URBANA NOS EXERCÍCIOS DE 2013, 2014 ATÉ A PRESENTE DATA._x000D_
 V) - NOMES DOS SERVIDORES DESIGNADOS PARA COMISSÃO DE LICITAÇÃO, EXERCÍCIOS 20013, 2014 E 2015, SEUS RESPECTIVOS CARGOS/FUNÇÕES E LOCAL DE TRABALHO.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITA INFORMAÇÕES QUANTO AO NÚMERO DE CRIANÇAS DE 0 A 3ANOS MATRICULADAS EM CRECHE(S) PÚBLICA(S) E DE 4 A 5 ANOS MATRICULADAS EM PRÉ-ESCOLA (S), BEM COMO A INDICAÇÃO PRECISA DA(S) UNIDADE(S) FÍSICA(S) ONDE É OFERECIDA A EDUCAÇÃO INFANTIL NO MUNICÍPIO E SUAS PRESENTES CONDIÇÕES DE USO. REQUEREM TAMBÉM INFORMAÇÕES QUANTO À SITUAÇÃO DA OBRA REFERENTE AO PROGRAMA PRÓ INFÂNCIA E AS EVENTUAIS MEDIDAS TOMADAS PELO PODER EXECUTIVO DO MUNICÍPIO VISANDO SUA CONCLUSÃO.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITA INFORMAÇÕES SOBRE QUAIS EMPRESAS CONCORRERAM A LICITAÇÃO DA MERENDA ESCOLAR NO MUNICÍPIO E QUAL A VENCEDORA NO CERTAME LICITATÓRIO.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A PREFEITA INFORMAÇÕES QUANTO À REMUNERAÇÃO PERCEBIDA PELOS SERVIDORES QUE EXERCEM OS CARGOS E/OU FUNÇÕES DE TÉCNICO EM ENFERMAGEM, TÉCNICO EM HIGIENE DENTAL, TÉCNICO EM RADIOLOGIA E DENTISTA , DISCRIMINANDO O VENCIMENTO E AS RESPECTIVAS VANTAGENS PERMANENTES E/OU TRANSITÓRIAS.    </t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITA OS SEGUINTES DOCUMENTOS E INFORMAÇÕES:_x000D_
 1) NOMES DAS EMPRESAS QUE PARTICIPARAM DO PROCESSO LICITATÓRIO QUE TEM POR OBJETO A REFORMA DO TELHADO DA UNIDADE MISTA DE SAÚDE;_x000D_
 2) CÓPIAS DOS CONTRATO DA OBRA E DO RESPECTIVO EMPENHO GLOBAL; E_x000D_
 3) RELAÇÃO NOMINAL E REMUNERAÇÃO, DISCRIMINANDO-SE O VENCIMENTO E AS RESPECTIVAS VANTAGENS, DOS SERVIDORES EFETIVOS, COMISSIONADOS E CONTRATADOS QUE TRABALHAM NA UNIDADE MISTA DE SAÚDE, NA GARAGEM DA PREFEITURA; NA ESCOLA FELINTRO DIAS ANDRADE; NA ESCOLA SANTO ANTONIO; NO POSTO DE SAUDE DE GOIAMINAS E NOS PSF'S II E II</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONVOCA O SECRETARIO MUNICIPAL DE SAÚDE PARA TRATAR DE ASSUNTOS REFERENTES À SUA PASTA, ESPECIALMENTE OS RELATIVOS : 1) À VARIAÇÃO MENSAL DE SUA REMUNERAÇÃO; 2) À QUALIDADE DOS SERVIÇOS PRESTADOS OU COLOCADOS À DISPOSIÇÃO DA POPULAÇÃO; 3)AO REGIME DE ADIANTAMENTO( SUPRIMENTO DE FUNDO); 4) À(S) LICITAÇÃO(ÕES) REALIZADAS VISANDO A CONTRATAÇÃO DE MEDICAMENTOS, BENS OU SERVIÇOS NA ÁREA DE SAÚDE; E 5) OUTROS ASSUNTOS RELACIONADOS COM A COMPETÊNCIA DE SUA PASTA. </t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, INFORMAÇÕES À PREFEITA QUANTO AOS VALORES DISPONÍVEIS EM CONTAS ESPECÍFICAS DA PREFEITURA MUNICIPAL PARA CONCLUSÃO DAS OBRAS DA ESCOLA MUNICIPAL MATILDE CARNEIRO DE ALMEIDA ,SITUADA NO P.A SÃO FRANCISCO, E DA CRECHE PRÓ-INFÂNCIA, BEM COMO O ENVIO DAS PLANILHAS ORÇAMENTARIAS REFERENTES AO REMANESCENTE DAS REFERIDAS OBRAS E, SE HOUVER, DOS RESPECTIVOS PROJETOS.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER À PREFEITA , DEPOIS DE APROVADO PELO PLENÁRIO, PROVIDÊNCIAS NO SENTIDO DE REVISAR, MEDIANTE LEI, A REMUNERAÇÃO DOS SERVIDORES QUE EXERCEM O CARGO DE SECRETÁRIO ESCOLAR COM O OBJETIVO DE COMPENSAR A DEFASAGEM SALARIAL OCORRIDA NOS ÚLTIMOS ANOS. </t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER  À ILUSTRE PREFEITA INFORMAÇÃO QUANTO AO VALOR MENSAL DOS HONORÁRIOS DEVIDOS AO ADVOGADO MARCUS VINICIUS VAZ GONTIJO, CONTRATADO PELA PREFEITURA MUNICIPAL DE FORMOSO-MG.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>REMESSA AO PODER LEGISLATIVO DE: - CÓPIA DO INTEIRO TEOR DA MOVIMENTAÇÃO DOS RECURSOS LIBERADOS JUNTO AO BDMG LEI 415/2011;- RELAÇÃO NOMINAL DOS FUNCIONÁRIOS CONTRATADOS JUNTO A SECRETARIA DE EDUCAÇÃO;- NOTAS FISCAIS, CHEQUES E/OU ORDEM BANCARIA REFERENTE AOS GASTOS COM A 50ª E 51ª FESTA DE JULHO;- NOTAS FISCAIS, CHEQUES E/OU ORDEM BANCARIA REFERENTES AOS GASTOS NA OPERAÇÃO TAPA BURACO EMPENHO N° 2219/2014; - NOTAS FISCAIS, CHEQUES E/OU ORDEM BANCARIA REFERENTES AOS GASTOS EFETUADOS NO RECAPEAMENTO DO ASFALTO PROCESSO LICITATÓRIO N° 190 E 193/2014; - NOTAS FISCAIS E CHEQUES REFERENTES ADIANTAMENTOS FINANCEIROS AO CHEFE DE GABINETE E SECRETARIO DE SAÚDE NOS ANOS 2013 E 2014.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE SOLICITE À ILUSTRE PREFEITA MUNICIPAL CÓPIA DO CONTRATO DE LOCAÇÃO DO IMÓVEL UTILIZADO PARA O FUNCIONAMENTO DA AGÊNCIA DOS CORREIOS DO DISTRITO DE GOIAMINAS.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, INFORMAÇÕES À PREFEITA SOBRE O CUSTO COM O FORNECIMENTO DE GÁS PARA A ESCOLA MUNICIPAL SANTO ANTÔNIO, SITUADA NO DISTRITO DE GOIAMINAS, NOS EXERCÍCIOS DE 2013 E 2014, OS DADOS DA EMPRESA FORNECEDORA E AINDA O QUANTITATIVO DE GÁS FORNECIDO NOS MESES DE JANEIRO, FEVEREIRO E MARÇO DE 2015.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES SOBRE A IMPRENSA VENCEDORA  DA LICITAÇÃO PARA EXECUÇÃO DAS OBRAS DE INFRAESTRUTURA OBJETO DE CONVÊNIO FIRMADO ENTRE O MUNICÍPIO DE FORMOSO E O INCRA (EMPENHO Nº 800231), BEM COMO A RELAÇÃO DAS OBRAS QUE SERÃO REALIZADAS EM CADA ASSENTAMENTO; OS ASSENTAMENTOS QUE SERÃO BENEFICIADOS E O CRONOGRAMA DAS OBRAS.  </t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES SOBRE O LOCAL ONDE FICA O VEÍCULO OFICIAL DO GABINETE PLACA PUB5088, NOS FERIADOS , FINS DE SEMANA E HORÁRIOS APÓS O EXPEDIENTE, BEM COMO O NOME DO MOTORISTA   QUE CONDUZ O RESPECTIVO VEÍCULO. </t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DO SECRETÁRIO MUNICIPAL DA AGRICULTURA PARA TRATAR DE ASSUNTOS REFERENTES À SUA PASTA, ESPECIALMENTE OS RELATIVOS: 1) A VARIAÇÃO MENSAL DE SUA REMUNERAÇÃO; 2)A QUALIDADE DOS SERVIÇOS PRESTADOS OU COLOCADOS À DISPOSIÇÃO DA POPULAÇÃO ; 3) AGRICULTURA FAMILIAR E PAA; 4) OUTROS ASSUNTOS RELACIONADOS COM A COMPETÊNCIA DE SUA PASTA.</t>
   </si>
   <si>
     <t>55</t>
   </si>
@@ -1040,68 +1040,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>