--- v0 (2025-12-16)
+++ v1 (2026-03-15)
@@ -51,493 +51,493 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/188/indicacao_no_1-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/188/indicacao_no_1-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando a execução serviços com urgência, em um trecho que se encontra intransitável, na estrada que da acesso a Fazenda_x000D_
 Brasília.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/189/indicacao_no_2-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/189/indicacao_no_2-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providencias visando a execução de serviço, de patrolamento e manutenção na estrada Formoso a Chapada Gaúcha.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/190/indicacao_no_3-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/190/indicacao_no_3-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem ar. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, providências visando a execução de serviços de manutenção, com urgência, na ponte sobre o rio São Domingos, na Fazenda Palmital (Goianos).</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/191/indicacao_no_4-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/191/indicacao_no_4-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando atendimento em tempo integral no berçário da Creche Paraíso Infantil.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/192/indicacao_no_5-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/192/indicacao_no_5-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, providências visando a possibilidade de disponibilizar transporte seguro para atender idosos e portadores de necessidades especiais, nos_x000D_
 deslocamentos de suas comunidades até 4 sede do município, para receberem benefícios previdenciários, e suprirem ainda outras necessidades.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/193/indicacao_no_6-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/193/indicacao_no_6-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, providências visando a execução de serviços, de patrolamento e manutenção na estrada do PA S4o Francisco até o Cajueiro e reparos na ponte_x000D_
 do PA São Francisco.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/194/indicacao_no_7-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/194/indicacao_no_7-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido 0 Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando a execução de duas horas de serviços de trator para todos os pequenos produtores no município..</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/195/indicacao_no_8-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/195/indicacao_no_8-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presenta de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando a execução de serviços, com urgência, de cascalhamento no Km 6 da RM09, trecho de aproximadamente 200 (duzentos)_x000D_
 metros, totalmente intransitável com qualquer quantidade de chuva, impossibilitando 0 acesso do transporte escolar e de todos que transitam_x000D_
 diariamente o percurso.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/196/indicacao_no_9-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/196/indicacao_no_9-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, providências visando a execução de serviços de cascalhamento em vários trechos de estrada no PA Três Capées, onde muitos atoleiros estão_x000D_
 dificultando o transporte escolar e 0 acesso em geral.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/</t>
+    <t>http://sapl.formoso.mg.leg.br/media/</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem 4 r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando a execução de serviços de manutenção na estrada que da acesso 4 comunidade Piratinga dos Piabas, possibilitando o_x000D_
 percurso diário do transporte escolar.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/198/indicacao_no_11-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/198/indicacao_no_11-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, providências visando a reforma e cobertura da Quadra no Distrito de Goiaminas.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/199/indicacao_no_12-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/199/indicacao_no_12-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido 0 Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando a reforma e cobertura das Quadras Esportivas localizadas, nos Bairros Barroca e Capuava e nas proximidades do Lago_x000D_
 Formoso .</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/200/indicacao_no_13-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/200/indicacao_no_13-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando extensão de rede elétrica na rua São Domingos e demais ruas na saída do Distrito de Goiaminas, sentido Coopertinga.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/201/indicacao_no_14-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/201/indicacao_no_14-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido 0 Plenário, ao Excelentíssimo Senhor Prefeito Municipal, providências visando serviços de limpeza no cemitério da cidade de Formoso e do Distrito de Goiaminas.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/202/indicacao_no_15-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/202/indicacao_no_15-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando implantação de quebra-molas e faixa de pedestre em frente a escola e o posto de saúde no distrito de Goiaminas</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/203/indicacao_no_16-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/203/indicacao_no_16-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de E.Deferimento. Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando implantação de quebra-molas e faixa de pedestre em frente as escolas municipais e estaduais da cidade de Formoso.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/204/indicacao_no_17-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/204/indicacao_no_17-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, providéncias visando:_x000D_
  a) construção de pontes de concreto e São  Joaquim e, _x000D_
 b) manutenção nos trechos críticos das estradas nessas localidades, considerando fluxo diário de veículos, inclusive de transporte escolar.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/205/indicacao-18-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/205/indicacao-18-2020.pdf</t>
   </si>
   <si>
     <t>providências visando serviços de iluminação do campo society no distrito de Goiaminas</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/206/indicacao-19-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/206/indicacao-19-2020.pdf</t>
   </si>
   <si>
     <t>providências, visando a execução de serviços de manutenção na estrada que dá acesso ao PA Sao Cristóvão, considerando inclusive, o percurso_x000D_
 do transporte escolar.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>providências, visando a execução de serviços de cascalhamento com urgência, nos trechos críticos próximos ao Morro do Barreiro; à Fazenda_x000D_
 Sitio do Meio , e a torre do PA São Francisco considerando inclusive, o percurso do transporte escolar.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/208/indicacao-21-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/208/indicacao-21-2020.pdf</t>
   </si>
   <si>
     <t>providências, no sentido de executar, com urgência, junto aos órgãos competentes: I) vistoria técnica no aterro do Lago Formoso; II) recapeamento da_x000D_
 via de acesso ás margens do Lago e cascalhamento da saída do Lago até o trevo para Sitio D'Abadia; Ill) Iluminação do trecho de acesso ao Conjunto_x000D_
 Habitacional Juca Falcão</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/209/indicacao-23-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/209/indicacao-23-2020.pdf</t>
   </si>
   <si>
     <t>O Vereadora que esta subscreve vem à r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal,_x000D_
 Doação de um terreno para construção do prédio próprio do Sindicato dos trabalhadores Rurais na Agricultura familiar Regional de Formoso-MG (SINTRAF), conforme mapa do terreno em anexo</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/210/indicacao-24-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/210/indicacao-24-2020.pdf</t>
   </si>
   <si>
     <t>Providências no sentido de contratar mais médicos; pediatra, ginecologista, cardiologista, ortopedista e fisioterapeuta.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Providências visando atendimento médico permanente em Goiaminas.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/212/indicacao-26-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/212/indicacao-26-2020.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve vem à r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, criação e construção do lar dos idosos.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/213/indicacao-27-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/213/indicacao-27-2020.pdf</t>
   </si>
   <si>
     <t>Providências visando atendimento medico e odontológico na zona rural.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/214/indicacao-28-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/214/indicacao-28-2020.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve vem â r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, a criação da casa da cultura com ênfase no artesanato local.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/215/indicacao-29-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/215/indicacao-29-2020.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve vem à r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, monitoria para acompanhamento de alunos em ônibus escolar rural</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/216/indicacao-30-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/216/indicacao-30-2020.pdf</t>
   </si>
   <si>
     <t>providências na aquisição de parquinhos para os bairros da cidade de Formoso e no distrito de Goiaminas.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/217/indicacao-31-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/217/indicacao-31-2020.pdf</t>
   </si>
   <si>
     <t>Providências visando a coleta seletiva de lixo.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/218/indicacao-32-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/218/indicacao-32-2020.pdf</t>
   </si>
   <si>
     <t>A implantação de usinas de reciclagem de lixo.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/219/indicacao-38-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/219/indicacao-38-2020.pdf</t>
   </si>
   <si>
     <t>Providências no sentido de construi 12 tanques para criação de Peixes, para o desenvolvimento da piscicultura na comunidade Extrema.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/184/pl_n.01.2020__000026.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/184/pl_n.01.2020__000026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias e a aquisição de passagens para os servidores da prefeitura municipal de formos-mg</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/183/pl_n.02.2020__000025.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/183/pl_n.02.2020__000025.pdf</t>
   </si>
   <si>
     <t>Oficializa o hino municipal de formoso minas gerais.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/185/pl_n.03.2020__000024.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/185/pl_n.03.2020__000024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de credito adicional especial no orçamento vigente e dá outras providencias</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/186/pl_n.04.2020__000027.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/186/pl_n.04.2020__000027.pdf</t>
   </si>
   <si>
     <t>Altera a lei 299de 28 de novembro de 2006 que institui a contribuição para custeio do serviço de iluminação pública e da outras providencias.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/187/pl_n.05.2020__000028.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/187/pl_n.05.2020__000028.pdf</t>
   </si>
   <si>
     <t>Abre créditos especiais ao orçamento vigente.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -844,68 +844,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/188/indicacao_no_1-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/189/indicacao_no_2-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/190/indicacao_no_3-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/191/indicacao_no_4-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/192/indicacao_no_5-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/193/indicacao_no_6-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/194/indicacao_no_7-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/195/indicacao_no_8-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/196/indicacao_no_9-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/198/indicacao_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/199/indicacao_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/200/indicacao_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/201/indicacao_no_14-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/202/indicacao_no_15-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/203/indicacao_no_16-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/204/indicacao_no_17-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/205/indicacao-18-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/206/indicacao-19-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/208/indicacao-21-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/209/indicacao-23-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/210/indicacao-24-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/212/indicacao-26-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/213/indicacao-27-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/214/indicacao-28-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/215/indicacao-29-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/216/indicacao-30-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/217/indicacao-31-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/218/indicacao-32-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/219/indicacao-38-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/184/pl_n.01.2020__000026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/183/pl_n.02.2020__000025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/185/pl_n.03.2020__000024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/186/pl_n.04.2020__000027.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/187/pl_n.05.2020__000028.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/188/indicacao_no_1-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/189/indicacao_no_2-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/190/indicacao_no_3-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/191/indicacao_no_4-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/192/indicacao_no_5-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/193/indicacao_no_6-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/194/indicacao_no_7-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/195/indicacao_no_8-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/196/indicacao_no_9-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/198/indicacao_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/199/indicacao_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/200/indicacao_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/201/indicacao_no_14-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/202/indicacao_no_15-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/203/indicacao_no_16-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/204/indicacao_no_17-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/205/indicacao-18-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/206/indicacao-19-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/208/indicacao-21-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/209/indicacao-23-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/210/indicacao-24-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/212/indicacao-26-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/213/indicacao-27-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/214/indicacao-28-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/215/indicacao-29-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/216/indicacao-30-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/217/indicacao-31-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/218/indicacao-32-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/219/indicacao-38-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/184/pl_n.01.2020__000026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/183/pl_n.02.2020__000025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/185/pl_n.03.2020__000024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/186/pl_n.04.2020__000027.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/187/pl_n.05.2020__000028.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>