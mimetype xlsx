--- v0 (2025-12-15)
+++ v1 (2026-03-15)
@@ -51,190 +51,190 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/220/indicacao-01-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/220/indicacao-01-2022.pdf</t>
   </si>
   <si>
     <t>Providência no sentido de executar serviço de manutenção de estrada, no trecho que liga a ponte do Gentil até a Comunidade do Cajueiro e também_x000D_
 o trecho que liga a ponte do Gentil até a comunidade do São Joaquim.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao-02-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao-02-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal de Formoso, que seja implantado a prestação de serviço de confecção e emissão da Carteira Nacional de Identidade, em nosso município, sendo este, viabilizado mediante convênio com o Estado de Minas Gerais em seu órgão competente.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/222/indicacao-03-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/222/indicacao-03-2022.pdf</t>
   </si>
   <si>
     <t>Providência no sentido que seja implantado Quebra-molas em frente as escolas; Martinho Antônio Ornelas, Nossa Senhora de Abadia e Felintro Dias de_x000D_
 Andrade e também na Rua Pedro Magalhaes de Moura; entre a Avenida Tancredo Neves e Rua Minervino Gomes Ornelas.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao-04-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao-04-2022.pdf</t>
   </si>
   <si>
     <t>Providência no sentido de executar Cascalhamento de estrada em 3 (três) atoleiros no trecho entre Rasgado e Sitio do meio; pois está dificultando o_x000D_
 acesso do transporte escolar e dos usuário das Comunidades vizinhas.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/224/indicacao-05-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/224/indicacao-05-2022.pdf</t>
   </si>
   <si>
     <t>Providência no sentido de executar Patrolamento e Cascalhamento na avenida do contorno que dá acesso ao Bairro Santa Luzia e também em demais_x000D_
 ruas do Bairro que se fizer necessário.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao-06-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao-06-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal de Formoso, que seja instalado padrão de energia, na sede da Associação dos Produtores da Comunidade Palmeiras, Ponte_x000D_
 Grande, Ponte Pequena e Entorno, inscrita no CNPJ n°09.028.856/0001-40, afim de proporcionar e possibilitar desenvolvimento e melhor prestação de serviços da referida associação para a comunidade local. Sugere ainda, que os recursos orçamentários a serem despendidos com a referida instalação energética, sejam retirados da Emenda parlamentar individual n°04/2021, originária do projetode lei n°051/2021, de autoria do Vereador José Carlos Pereira de Almeida.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao-07-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao-07-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal de Formoso, que seja implantado e ativado o funcionamento do Prédio Escolar situado no P.A. São Francisco, neste_x000D_
 município.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/227/indicacao-08-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/227/indicacao-08-2022.pdf</t>
   </si>
   <si>
     <t>Providência no sentido de executar Serviço de Patrolamento na Estrada que liga a Cidade Formoso as Comunidades do São Francisco e_x000D_
 Carinhanha.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao-09-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao-09-2022.pdf</t>
   </si>
   <si>
     <t>Construção de paradas (abrigos):</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao-10-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao-10-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal de Formoso, a criação de uma Casa de Apoio, através de Lei específica, para auxiliar os munícipes de Formoso, e seus acompanhantes, que necessitam de tratamento de saúde na cidade de Brasília-DF</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/230/indicacao-11-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/230/indicacao-11-2022.pdf</t>
   </si>
   <si>
     <t>-Providência no sentido executar serviço de manutenção de Estrada no trecho que dá Acesso do Vau da Ponte Grande a Balsa do Passa Três</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/231/indicacao-12-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/231/indicacao-12-2022.pdf</t>
   </si>
   <si>
     <t>Providências legais junto ao departamento competente para que se faça implantação de extensão de rede energia elétrica e iluminação Pública; na_x000D_
 rua Primeiro de Janeiro, Bairro Capuava</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -542,68 +542,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/220/indicacao-01-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao-02-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/222/indicacao-03-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao-04-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/224/indicacao-05-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao-06-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao-07-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/227/indicacao-08-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao-09-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao-10-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/230/indicacao-11-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/231/indicacao-12-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/220/indicacao-01-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao-02-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/222/indicacao-03-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao-04-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/224/indicacao-05-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao-06-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao-07-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/227/indicacao-08-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao-09-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao-10-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/230/indicacao-11-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/231/indicacao-12-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>