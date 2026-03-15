--- v0 (2025-12-17)
+++ v1 (2026-03-15)
@@ -51,231 +51,231 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/</t>
+    <t>http://sapl.formoso.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Revisa os vencimentos dos servidores públicos da Câmara Municipal de Formoso, na forma do inciso "X", do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_02-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_02-2023.pdf</t>
   </si>
   <si>
     <t>Revisa os subsídios dos agentes políticos do município de Formoso-MG, na forma do inciso "X", do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_de_lei_03-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_de_lei_03-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Código de Homenagens do Município de Formoso e dá outras providências.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_04-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_04-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.° 659, de 14 de dezembro de 2021, que "estabelece normas para regulamentar o funcionamento, remuneração,_x000D_
 composição e organização do Conselho Tutelar do Município de Formoso; disciplina o processo de escolha dos conselheiros e dá outras_x000D_
 providências", para prever a forma de substituição extraordinária de Conselheiro Tutelar titular.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_de_lei_05-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_de_lei_05-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n.° 238, de 26 de abril de 2005, que "institui o Código de Posturas do Município de Formoso", para dispor sobre a proibição de_x000D_
 permanência e circulação de animais que especifica, soltos nas vias e logradouros públicos, bem como sobre a apreensão, resgate,_x000D_
 leilão, adoção e doação de animais apreendidos e dá outras providências.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_06-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_06-2023.pdf</t>
   </si>
   <si>
     <t>Cria o Centro Municipal de Educação Infantil "Creche Municipal Cantinho da Criança" e dá outras providências.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_07-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_07-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.° 637, de 15 de junho de 2021, que "dispõe sobre a organização da Política de Assistência Social no Município de_x000D_
 Formoso; institui o Programa 'Mais Social'; regulamenta a concessão das ações e projetos dele integrantes e dá outras providências", para_x000D_
 fixar novo valor do projeto "Bolsa-Cidadania".</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/239/projeto_de_lei_08-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/239/projeto_de_lei_08-2023.pdf</t>
   </si>
   <si>
     <t>Concede honrarias que especifica a homenageados que menciona.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_09-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_09-2023.pdf</t>
   </si>
   <si>
     <t>Institui a Cápsula do Tempo do Município de .2a23 Formoso e dá outras providências.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_10-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_10-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.° 710, de 14 de fevereiro de 2023, que "institui o Código de Homenagens do Município de Formoso e dá_x000D_
 CSOMID:.1.3C 1d1J\MYZ5 outras providências".</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/242/projetos_de_lei_11-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/242/projetos_de_lei_11-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n.° 586, de 20 de fevereiro de 2020, que "Oficializa o Hino do Município de Formoso, Estado de Minas Gerais, e dá outras_x000D_
 providências", para inclusão da partitura do Hino Oficial, de seus autores e para dispor sobre o patrimônio histórico-cultural do hino.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/243/projetos_de_lei_12-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/243/projetos_de_lei_12-2023.pdf</t>
   </si>
   <si>
     <t>Cria o Museu Municipal e Casa da Cultura "Professora Ana Pereira de Sousa" e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei_13-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei_13-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.° 637, de 15 de junho de 2021, que "dispõe sobre a organização da Política de Assistência Social no Município de_x000D_
 Formoso; institui o Programa 'Mais Social'; regulamenta a concessão das ações e projetos dele integrantes e dá outras providências", para_x000D_
 instituir o Programa Municipal "Mamãe Formosense" ao reformular o beneficio "Auxílio-Natalidade".</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/245/projeto_de_lei_14-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/245/projeto_de_lei_14-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Formoso (MG) a contratar operação de crédito, com outorga de garantia, com a Caixa Econômica Federal no_x000D_
 âmbito do programa Financiamento à Infraestrutura e ao Saneamento — Finisa e dá outras providências.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/246/projetos_de_lei_15-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/246/projetos_de_lei_15-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n." 625, de 28 de abril de 2021, que "reformula a estrutura administrativa, organizacional e institucional da Prefeitura de_x000D_
 Formoso e dá outras providências", para instituir a Função Gratificada de Elevada Complexidade  de Assessoramento Superior.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -583,68 +583,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_de_lei_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_de_lei_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/239/projeto_de_lei_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/242/projetos_de_lei_11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/243/projetos_de_lei_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei_13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/245/projeto_de_lei_14-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/246/projetos_de_lei_15-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_de_lei_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_de_lei_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/239/projeto_de_lei_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/242/projetos_de_lei_11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/243/projetos_de_lei_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei_13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/245/projeto_de_lei_14-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/246/projetos_de_lei_15-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="168.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>