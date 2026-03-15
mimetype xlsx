--- v0 (2025-10-18)
+++ v1 (2026-03-15)
@@ -51,1471 +51,1471 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/</t>
+    <t>http://sapl.formoso.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Revisa os vencimentos dos servidores públicos da Câmara Municipal de Formoso, na forma do inciso "X", do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_02-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_02-2023.pdf</t>
   </si>
   <si>
     <t>Revisa os subsídios dos agentes políticos do município de Formoso-MG, na forma do inciso "X", do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_de_lei_03-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_de_lei_03-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Código de Homenagens do Município de Formoso e dá outras providências.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_04-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_04-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.° 659, de 14 de dezembro de 2021, que "estabelece normas para regulamentar o funcionamento, remuneração,_x000D_
 composição e organização do Conselho Tutelar do Município de Formoso; disciplina o processo de escolha dos conselheiros e dá outras_x000D_
 providências", para prever a forma de substituição extraordinária de Conselheiro Tutelar titular.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_de_lei_05-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_de_lei_05-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n.° 238, de 26 de abril de 2005, que "institui o Código de Posturas do Município de Formoso", para dispor sobre a proibição de_x000D_
 permanência e circulação de animais que especifica, soltos nas vias e logradouros públicos, bem como sobre a apreensão, resgate,_x000D_
 leilão, adoção e doação de animais apreendidos e dá outras providências.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_06-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_06-2023.pdf</t>
   </si>
   <si>
     <t>Cria o Centro Municipal de Educação Infantil "Creche Municipal Cantinho da Criança" e dá outras providências.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_07-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_07-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.° 637, de 15 de junho de 2021, que "dispõe sobre a organização da Política de Assistência Social no Município de_x000D_
 Formoso; institui o Programa 'Mais Social'; regulamenta a concessão das ações e projetos dele integrantes e dá outras providências", para_x000D_
 fixar novo valor do projeto "Bolsa-Cidadania".</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/239/projeto_de_lei_08-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/239/projeto_de_lei_08-2023.pdf</t>
   </si>
   <si>
     <t>Concede honrarias que especifica a homenageados que menciona.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_09-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_09-2023.pdf</t>
   </si>
   <si>
     <t>Institui a Cápsula do Tempo do Município de .2a23 Formoso e dá outras providências.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_10-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_10-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.° 710, de 14 de fevereiro de 2023, que "institui o Código de Homenagens do Município de Formoso e dá_x000D_
 CSOMID:.1.3C 1d1J\MYZ5 outras providências".</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/242/projetos_de_lei_11-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/242/projetos_de_lei_11-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n.° 586, de 20 de fevereiro de 2020, que "Oficializa o Hino do Município de Formoso, Estado de Minas Gerais, e dá outras_x000D_
 providências", para inclusão da partitura do Hino Oficial, de seus autores e para dispor sobre o patrimônio histórico-cultural do hino.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/243/projetos_de_lei_12-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/243/projetos_de_lei_12-2023.pdf</t>
   </si>
   <si>
     <t>Cria o Museu Municipal e Casa da Cultura "Professora Ana Pereira de Sousa" e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei_13-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei_13-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.° 637, de 15 de junho de 2021, que "dispõe sobre a organização da Política de Assistência Social no Município de_x000D_
 Formoso; institui o Programa 'Mais Social'; regulamenta a concessão das ações e projetos dele integrantes e dá outras providências", para_x000D_
 instituir o Programa Municipal "Mamãe Formosense" ao reformular o beneficio "Auxílio-Natalidade".</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/245/projeto_de_lei_14-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/245/projeto_de_lei_14-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Formoso (MG) a contratar operação de crédito, com outorga de garantia, com a Caixa Econômica Federal no_x000D_
 âmbito do programa Financiamento à Infraestrutura e ao Saneamento — Finisa e dá outras providências.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/246/projetos_de_lei_15-2023.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/246/projetos_de_lei_15-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n." 625, de 28 de abril de 2021, que "reformula a estrutura administrativa, organizacional e institucional da Prefeitura de_x000D_
 Formoso e dá outras providências", para instituir a Função Gratificada de Elevada Complexidade  de Assessoramento Superior.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/220/indicacao-01-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/220/indicacao-01-2022.pdf</t>
   </si>
   <si>
     <t>Providência no sentido de executar serviço de manutenção de estrada, no trecho que liga a ponte do Gentil até a Comunidade do Cajueiro e também_x000D_
 o trecho que liga a ponte do Gentil até a comunidade do São Joaquim.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao-02-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao-02-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal de Formoso, que seja implantado a prestação de serviço de confecção e emissão da Carteira Nacional de Identidade, em nosso município, sendo este, viabilizado mediante convênio com o Estado de Minas Gerais em seu órgão competente.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/222/indicacao-03-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/222/indicacao-03-2022.pdf</t>
   </si>
   <si>
     <t>Providência no sentido que seja implantado Quebra-molas em frente as escolas; Martinho Antônio Ornelas, Nossa Senhora de Abadia e Felintro Dias de_x000D_
 Andrade e também na Rua Pedro Magalhaes de Moura; entre a Avenida Tancredo Neves e Rua Minervino Gomes Ornelas.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao-04-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao-04-2022.pdf</t>
   </si>
   <si>
     <t>Providência no sentido de executar Cascalhamento de estrada em 3 (três) atoleiros no trecho entre Rasgado e Sitio do meio; pois está dificultando o_x000D_
 acesso do transporte escolar e dos usuário das Comunidades vizinhas.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/224/indicacao-05-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/224/indicacao-05-2022.pdf</t>
   </si>
   <si>
     <t>Providência no sentido de executar Patrolamento e Cascalhamento na avenida do contorno que dá acesso ao Bairro Santa Luzia e também em demais_x000D_
 ruas do Bairro que se fizer necessário.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao-06-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao-06-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal de Formoso, que seja instalado padrão de energia, na sede da Associação dos Produtores da Comunidade Palmeiras, Ponte_x000D_
 Grande, Ponte Pequena e Entorno, inscrita no CNPJ n°09.028.856/0001-40, afim de proporcionar e possibilitar desenvolvimento e melhor prestação de serviços da referida associação para a comunidade local. Sugere ainda, que os recursos orçamentários a serem despendidos com a referida instalação energética, sejam retirados da Emenda parlamentar individual n°04/2021, originária do projetode lei n°051/2021, de autoria do Vereador José Carlos Pereira de Almeida.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao-07-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao-07-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal de Formoso, que seja implantado e ativado o funcionamento do Prédio Escolar situado no P.A. São Francisco, neste_x000D_
 município.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/227/indicacao-08-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/227/indicacao-08-2022.pdf</t>
   </si>
   <si>
     <t>Providência no sentido de executar Serviço de Patrolamento na Estrada que liga a Cidade Formoso as Comunidades do São Francisco e_x000D_
 Carinhanha.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao-09-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao-09-2022.pdf</t>
   </si>
   <si>
     <t>Construção de paradas (abrigos):</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao-10-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao-10-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal de Formoso, a criação de uma Casa de Apoio, através de Lei específica, para auxiliar os munícipes de Formoso, e seus acompanhantes, que necessitam de tratamento de saúde na cidade de Brasília-DF</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/230/indicacao-11-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/230/indicacao-11-2022.pdf</t>
   </si>
   <si>
     <t>-Providência no sentido executar serviço de manutenção de Estrada no trecho que dá Acesso do Vau da Ponte Grande a Balsa do Passa Três</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/231/indicacao-12-2022.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/231/indicacao-12-2022.pdf</t>
   </si>
   <si>
     <t>Providências legais junto ao departamento competente para que se faça implantação de extensão de rede energia elétrica e iluminação Pública; na_x000D_
 rua Primeiro de Janeiro, Bairro Capuava</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/188/indicacao_no_1-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/188/indicacao_no_1-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando a execução serviços com urgência, em um trecho que se encontra intransitável, na estrada que da acesso a Fazenda_x000D_
 Brasília.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/189/indicacao_no_2-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/189/indicacao_no_2-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providencias visando a execução de serviço, de patrolamento e manutenção na estrada Formoso a Chapada Gaúcha.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/190/indicacao_no_3-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/190/indicacao_no_3-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem ar. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, providências visando a execução de serviços de manutenção, com urgência, na ponte sobre o rio São Domingos, na Fazenda Palmital (Goianos).</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/191/indicacao_no_4-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/191/indicacao_no_4-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando atendimento em tempo integral no berçário da Creche Paraíso Infantil.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/192/indicacao_no_5-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/192/indicacao_no_5-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, providências visando a possibilidade de disponibilizar transporte seguro para atender idosos e portadores de necessidades especiais, nos_x000D_
 deslocamentos de suas comunidades até 4 sede do município, para receberem benefícios previdenciários, e suprirem ainda outras necessidades.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/193/indicacao_no_6-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/193/indicacao_no_6-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, providências visando a execução de serviços, de patrolamento e manutenção na estrada do PA S4o Francisco até o Cajueiro e reparos na ponte_x000D_
 do PA São Francisco.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/194/indicacao_no_7-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/194/indicacao_no_7-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido 0 Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando a execução de duas horas de serviços de trator para todos os pequenos produtores no município..</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/195/indicacao_no_8-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/195/indicacao_no_8-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presenta de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando a execução de serviços, com urgência, de cascalhamento no Km 6 da RM09, trecho de aproximadamente 200 (duzentos)_x000D_
 metros, totalmente intransitável com qualquer quantidade de chuva, impossibilitando 0 acesso do transporte escolar e de todos que transitam_x000D_
 diariamente o percurso.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/196/indicacao_no_9-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/196/indicacao_no_9-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, providências visando a execução de serviços de cascalhamento em vários trechos de estrada no PA Três Capées, onde muitos atoleiros estão_x000D_
 dificultando o transporte escolar e 0 acesso em geral.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem 4 r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando a execução de serviços de manutenção na estrada que da acesso 4 comunidade Piratinga dos Piabas, possibilitando o_x000D_
 percurso diário do transporte escolar.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/198/indicacao_no_11-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/198/indicacao_no_11-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, providências visando a reforma e cobertura da Quadra no Distrito de Goiaminas.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/199/indicacao_no_12-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/199/indicacao_no_12-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido 0 Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando a reforma e cobertura das Quadras Esportivas localizadas, nos Bairros Barroca e Capuava e nas proximidades do Lago_x000D_
 Formoso .</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/200/indicacao_no_13-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/200/indicacao_no_13-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando extensão de rede elétrica na rua São Domingos e demais ruas na saída do Distrito de Goiaminas, sentido Coopertinga.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/201/indicacao_no_14-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/201/indicacao_no_14-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido 0 Plenário, ao Excelentíssimo Senhor Prefeito Municipal, providências visando serviços de limpeza no cemitério da cidade de Formoso e do Distrito de Goiaminas.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/202/indicacao_no_15-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/202/indicacao_no_15-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando implantação de quebra-molas e faixa de pedestre em frente a escola e o posto de saúde no distrito de Goiaminas</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/203/indicacao_no_16-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/203/indicacao_no_16-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem a r. presença de E.Deferimento. Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito_x000D_
 Municipal, providências visando implantação de quebra-molas e faixa de pedestre em frente as escolas municipais e estaduais da cidade de Formoso.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/204/indicacao_no_17-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/204/indicacao_no_17-2020.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve vem presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, providéncias visando:_x000D_
  a) construção de pontes de concreto e São  Joaquim e, _x000D_
 b) manutenção nos trechos críticos das estradas nessas localidades, considerando fluxo diário de veículos, inclusive de transporte escolar.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/205/indicacao-18-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/205/indicacao-18-2020.pdf</t>
   </si>
   <si>
     <t>providências visando serviços de iluminação do campo society no distrito de Goiaminas</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/206/indicacao-19-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/206/indicacao-19-2020.pdf</t>
   </si>
   <si>
     <t>providências, visando a execução de serviços de manutenção na estrada que dá acesso ao PA Sao Cristóvão, considerando inclusive, o percurso_x000D_
 do transporte escolar.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>providências, visando a execução de serviços de cascalhamento com urgência, nos trechos críticos próximos ao Morro do Barreiro; à Fazenda_x000D_
 Sitio do Meio , e a torre do PA São Francisco considerando inclusive, o percurso do transporte escolar.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/208/indicacao-21-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/208/indicacao-21-2020.pdf</t>
   </si>
   <si>
     <t>providências, no sentido de executar, com urgência, junto aos órgãos competentes: I) vistoria técnica no aterro do Lago Formoso; II) recapeamento da_x000D_
 via de acesso ás margens do Lago e cascalhamento da saída do Lago até o trevo para Sitio D'Abadia; Ill) Iluminação do trecho de acesso ao Conjunto_x000D_
 Habitacional Juca Falcão</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/209/indicacao-23-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/209/indicacao-23-2020.pdf</t>
   </si>
   <si>
     <t>O Vereadora que esta subscreve vem à r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal,_x000D_
 Doação de um terreno para construção do prédio próprio do Sindicato dos trabalhadores Rurais na Agricultura familiar Regional de Formoso-MG (SINTRAF), conforme mapa do terreno em anexo</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/210/indicacao-24-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/210/indicacao-24-2020.pdf</t>
   </si>
   <si>
     <t>Providências no sentido de contratar mais médicos; pediatra, ginecologista, cardiologista, ortopedista e fisioterapeuta.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Providências visando atendimento médico permanente em Goiaminas.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/212/indicacao-26-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/212/indicacao-26-2020.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve vem à r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, criação e construção do lar dos idosos.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/213/indicacao-27-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/213/indicacao-27-2020.pdf</t>
   </si>
   <si>
     <t>Providências visando atendimento medico e odontológico na zona rural.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/214/indicacao-28-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/214/indicacao-28-2020.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve vem â r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, a criação da casa da cultura com ênfase no artesanato local.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/215/indicacao-29-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/215/indicacao-29-2020.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve vem à r. presença de Vossa Excelência, indicar, ouvido o Plenário, ao Excelentíssimo Senhor Prefeito Municipal, monitoria para acompanhamento de alunos em ônibus escolar rural</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/216/indicacao-30-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/216/indicacao-30-2020.pdf</t>
   </si>
   <si>
     <t>providências na aquisição de parquinhos para os bairros da cidade de Formoso e no distrito de Goiaminas.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/217/indicacao-31-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/217/indicacao-31-2020.pdf</t>
   </si>
   <si>
     <t>Providências visando a coleta seletiva de lixo.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/218/indicacao-32-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/218/indicacao-32-2020.pdf</t>
   </si>
   <si>
     <t>A implantação de usinas de reciclagem de lixo.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/219/indicacao-38-2020.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/219/indicacao-38-2020.pdf</t>
   </si>
   <si>
     <t>Providências no sentido de construi 12 tanques para criação de Peixes, para o desenvolvimento da piscicultura na comunidade Extrema.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/184/pl_n.01.2020__000026.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/184/pl_n.01.2020__000026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias e a aquisição de passagens para os servidores da prefeitura municipal de formos-mg</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/183/pl_n.02.2020__000025.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/183/pl_n.02.2020__000025.pdf</t>
   </si>
   <si>
     <t>Oficializa o hino municipal de formoso minas gerais.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/185/pl_n.03.2020__000024.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/185/pl_n.03.2020__000024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de credito adicional especial no orçamento vigente e dá outras providencias</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/186/pl_n.04.2020__000027.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/186/pl_n.04.2020__000027.pdf</t>
   </si>
   <si>
     <t>Altera a lei 299de 28 de novembro de 2006 que institui a contribuição para custeio do serviço de iluminação pública e da outras providencias.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/187/pl_n.05.2020__000028.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/187/pl_n.05.2020__000028.pdf</t>
   </si>
   <si>
     <t>Abre créditos especiais ao orçamento vigente.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/121/indicacao_1.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/121/indicacao_1.2019.pdf</t>
   </si>
   <si>
     <t>Providências Maquinas para Pratolamento</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/122/indicacao_2.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/122/indicacao_2.2019.pdf</t>
   </si>
   <si>
     <t>Providências no sentido de executar serviços de iluminação pública.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/123/indicacao_3.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/123/indicacao_3.2019.pdf</t>
   </si>
   <si>
     <t>Providências no sentido de determinar limpeza no perímetro urbano.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/124/indicacao_4.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/124/indicacao_4.2019.pdf</t>
   </si>
   <si>
     <t>Providências no sentido de executar serviços de operação tapa buracos.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/125/indicacao_5.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/125/indicacao_5.2019.pdf</t>
   </si>
   <si>
     <t>Providências com reforma de ponte.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/126/indicacao_6.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/126/indicacao_6.2019.pdf</t>
   </si>
   <si>
     <t>Patrolamento de estrada.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/127/indicacao_7.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/127/indicacao_7.2019.pdf</t>
   </si>
   <si>
     <t>Executar limpeza no cemitério.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/128/indicacao_8.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/128/indicacao_8.2019.pdf</t>
   </si>
   <si>
     <t>tapa buraco</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/129/indicacao9.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/129/indicacao9.2019.pdf</t>
   </si>
   <si>
     <t>Construir quebra-molas.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/130/indicacao_10.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/130/indicacao_10.2019.pdf</t>
   </si>
   <si>
     <t>Construir quebra-molas</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/131/indicacao_11.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/131/indicacao_11.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar limpeza da Orla do Lago Formoso_x000D_
 e Lago do Vovô.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/132/indicacao_12.2109.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/132/indicacao_12.2109.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar a reativação do Parque Infantil,_x000D_
 Campo de Futebol e Campo Gramado na Orla do Lago Formoso.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/133/indicacao_13.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/133/indicacao_13.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar a instalação de telas e redes nas_x000D_
 quadras poliesportivas no Bairro Barroca e Bairro Capuava.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/134/indicacao_14.2109.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/134/indicacao_14.2109.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de construir paradas/abrigo na zona rural nos_x000D_
 pontos de acesso ao transporte escolar.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/135/indicacao_15.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/135/indicacao_15.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de construir proteção as margens do Lago_x000D_
 Formoso.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/136/indicacao_16.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/136/indicacao_16.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de construir proteção as margens do Lago do_x000D_
 Vovô.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/137/indicacao_17.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/137/indicacao_17.2019.pdf</t>
   </si>
   <si>
     <t>-Providências junto ao órgão competente para extensão de iluminação_x000D_
 pública em frente o templo Vale do Amanhecer.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/138/indicacao_18.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/138/indicacao_18.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar manutenção no cabeçamento da_x000D_
 Ponte sobre o Rio Carinhanha.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/139/indicacao_19.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/139/indicacao_19.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de solicitar com urgência aquisição de 01_x000D_
 gerador de energia elétrica para ser instalado na Unidade Mista de_x000D_
 Saúde na sede do munícipio.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/140/indicacao_20.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/140/indicacao_20.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de disponibilizar máquinas para fazer o patrolamento das estradas nas Comunidade Rasgado, Comunidade Quebra-Quinal, Comunidade Sabão, Comunidade São Joaquim, Comunidade Carinhanha, até a divisa com o município de Chapada Gaúcha passando pelo Parque Nacional Grande Sertão Veredas.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/141/indicacao_21.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/141/indicacao_21.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de solicitar a manutenção adequada no veículo que faz o transporte escolar na Comunidade Cajueiro na divisa com o_x000D_
 P.A Gentil/São Francisco até a sede do município.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/142/indicacao_22.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/142/indicacao_22.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de solicitar a revitalização das praças públicas, e manutenção dos refletores.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/143/indicacao_23.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/143/indicacao_23.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de contratar monitores para acompanhar os alunos no transporte escolar.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/144/indicacao_24.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/144/indicacao_24.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar pontes de concreto e ferragens sobre os seguintes rios: I) Rio Rasgado; II) Rio Quebraquinal; III) Rio_x000D_
 Taboca; IV) Rio São Francisco; V) Rio São Joaquim.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/145/indicacao25.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/145/indicacao25.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de providenciar a pintura da quadra de esporte do ginásio poliesportivo.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>-Providências no sentido de disponibilizar imediatamente máquinas para fazer o cascalhamento nas estradas na saída da sede do município_x000D_
 até a Comunidade Carinhanha e Fazenda Brasília.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/147/indicacao27.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/147/indicacao27.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar a instalação de cobertura nas quadras esportivas, no Distrito de Goiaminas, e nas poliesportivas nos_x000D_
 Bairros Barroca e Capuava, na sede do município.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/148/indicacao_28.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/148/indicacao_28.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar a instalação de bengalas e lâmpadas nos postes de energia da Rua São Domingos no Distrito de_x000D_
 Goiaminas.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/149/indicacao_29.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/149/indicacao_29.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de disponibilizar máquinas para fazer o patrolamento das estradas na Comunidade dos Goianos</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/150/indicacao30.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/150/indicacao30.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de disponibilizar máquinas para fazer o patrolamento das estradas que dá início a sede do município, sentido a_x000D_
 Cocos-Bahia até a divisa dos estados.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/151/indicacao_31.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/151/indicacao_31.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de disponibilizar máquinas para fazer o patrolamento e o cascalhamento das ruas no sede do município e no_x000D_
 Distrito de Goiaminas</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/152/indicacao_32.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/152/indicacao_32.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de construir quebra-molas na Avenida Castelo Branco, e desviar enxurradas da chuva que estão alagando residências_x000D_
 no final da avenida no Bairro Capuava.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/153/indicacao_33.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/153/indicacao_33.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de construir micro-bacias (barragens) nos lotes na Comunidade P.A Surrado Piratinga.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/154/indicacao_34.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/154/indicacao_34.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar instalação de Caixa D'Agua na Sede da Comunidade P.A Surrado Piratinga.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/155/indicacao_35.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/155/indicacao_35.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de disponibilizar a Vigilância em Saúde para levar informações sobre combate e a prevenção contra doenças_x000D_
 epidemiológicas para a Comunidade P.A Surrado Piratinga.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/156/indicacao_36.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/156/indicacao_36.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar com urgência junto aos órgãos competentes, vistoria técnica no aterro do Lago Formoso, e também_x000D_
 operação tapa buracos com emergência sobre o mesmo.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/157/indicacao_37.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/157/indicacao_37.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar o patrolamento e cascalhamento da estrada que dá acesso a sede do município a Comunidade P.A Três_x000D_
 Capões.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/158/indicacao_38.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/158/indicacao_38.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de providenciar a pintura das quadras de esportes no Distrito de Goiaminas, e nas quadras poliesportivas na sede do município nos bairros Barroca e Capuava</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/159/indicacao_39.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/159/indicacao_39.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar a instalação de 01 portão na quadra de esportes no Distrito de Goiaminas.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/160/indicacao40.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/160/indicacao40.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar reparos na instalação elétrica de refletores na quadra de esportes no Distrito de Goiaminas.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/161/indicacao_41.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/161/indicacao_41.2019.pdf</t>
   </si>
   <si>
     <t>-Em regime de urgência providências no sentido de executar 02 pontes de concreto e ferragens nos trechos que dá acesso à sede da Coopertinga_x000D_
 a BR 020.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/162/indicacao_42.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/162/indicacao_42.2019.pdf</t>
   </si>
   <si>
     <t>-Em regime de urgência providências no sentido de executar 01 ponte de concreto e ferragens sobre o Rio Ponte Grande, nos trechos que dá_x000D_
 acesso à sede do município à sede da Coopertinga.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/163/indicacao_43.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/163/indicacao_43.2019.pdf</t>
   </si>
   <si>
     <t>-Em regime de urgência providências no sentido de executar asfaltamento que dá acesso ao Distrito de Goiaminas a MG 400.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/164/indicacao_44.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/164/indicacao_44.2019.pdf</t>
   </si>
   <si>
     <t>-Em regime de urgência providências no sentido de disponibilizar o transporte escolar para os alunos que estudam nas escolas estaduais e_x000D_
 municipal na sede município.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/165/indicacao45.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/165/indicacao45.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar o transporte escolar na Comunidade P.A Gentil/São Francisco até a sede do município.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/166/indicacao_46.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/166/indicacao_46.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de disponibilizar máquinas para fazer o patrolamento das estradas na Comunidade Cajueiro.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/167/indicacao_47.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/167/indicacao_47.2019.pdf</t>
   </si>
   <si>
     <t>-Em regime de urgência providencias no sentido de executar a manutenção na estrada que dá acesso a Serra dos Patos na Comunidade_x000D_
 da Linguiça.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/168/indicacao_48.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/168/indicacao_48.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar o patrolamento nos eixinhos do P.A Gentil/São Francisco._x000D_
 - Providências em regime de urgência de executar o transporte escolar nos eixinhos até a residência dos alunos na Comunidade P.A Gentil/São_x000D_
 Francisco até a sede do município.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/169/indicacao_49.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/169/indicacao_49.2019.pdf</t>
   </si>
   <si>
     <t>-Em regime de urgência providências no sentido de executar instalação de 01 (uma) sala de emergência na Unidade Mista de Saúde.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/170/indicacao_50.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/170/indicacao_50.2019.pdf</t>
   </si>
   <si>
     <t>-Em regime de urgência providências no sentido de executar reformas nos Postos de Saúde na sede do município e no Distrito de Goiaminas.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/171/indicacao_51.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/171/indicacao_51.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar a iluminação pública na Praça Central, próximo a Polícia Militar.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/172/indicacao_52.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/172/indicacao_52.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar a instalação de internet com wi-fi livre e gratuito para a população nas praças na sede do município e no_x000D_
 Distrito de Goiaminas</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_53.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_53.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar reforma na antiga passagem sobre o Córrego da Comunidade Boa Vista.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_54.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_54.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de executar o patrolamento na Comunidade Boa Vista.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_55.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_55.2019.pdf</t>
   </si>
   <si>
     <t>-Providências no sentido de reajustar os salários dos motoristas e pagar o 14° salário para os motoristas que desempenhar melhor as suas_x000D_
 funções.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_56.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_56.2019.pdf</t>
   </si>
   <si>
     <t>-Sugere ao Prefeito Municipal que altere a carga horária dos cargos efetivos, nomeados e contratados de enfermeiro e técnico de enfermagem reduzindo para 30 horas semanais</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_57.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_57.2019.pdf</t>
   </si>
   <si>
     <t>-Em regime de urgência providências no sentido de executar o   cascalhamento e escoamento de água na estrada que dá acesso a MG 400 passando pelas Lajes até a Ponte que dá acesso ao P.A São Cristovão.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_58.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_58.2019.pdf</t>
   </si>
   <si>
     <t>-Em regime de urgência providências no sentido de disponibilizar caminhão pipa para atender moradores do P.A São Cristovão</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/179/indicacao_59.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/179/indicacao_59.2019.pdf</t>
   </si>
   <si>
     <t>-Em regime de urgência providências no sentido de restabelecer a iluminação pública no prédio da academia popular no Bairro Santa_x000D_
 Luzia, bem como na área externa da mesma.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/180/indicacao_60.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/180/indicacao_60.2019.pdf</t>
   </si>
   <si>
     <t>- Providências no sentido de recuperar as estradas nas localidades: Extrema, (Sr.Rivalino) e próximo à ponte do Mato Grande (Sr Herculano).</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_1.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_1.pdf</t>
   </si>
   <si>
     <t>Abre créditos Especiais ao Orçamento vigente.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/118/proj_2.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/118/proj_2.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão  de direito real de uso do imóvel que especifica e dá outras providencia.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/119/proj_3.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/119/proj_3.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade publica a Associação Melhor Idade e Amigos de Formoso - MG.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Saneamento Básico - PMSB do Município de Formoso - MG.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/181/requerimentos_1.2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/181/requerimentos_1.2019.pdf</t>
   </si>
   <si>
     <t>Requer informações ao Prefeito</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/182/requerimentos2._2019.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/182/requerimentos2._2019.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito informações dos gastos da festa de Santo Antônio.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>ALTERA A LEI 251, DE 29 DE JUNHO DE 2005 QUE DISPÕE SOBRE O PARCELAMENTO DO SOLO URBANO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>FIXA OS VALORES DOS RECURSOS PECUNIÁRIOS DESTINADOS A MÉDICOS PARTICIPANTES DO PROGRAMA MAIS MÉDICOS PARA O BRASIL COM ATUAÇÃO NO MUNICÍPIO DE FORMOSO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>AMPLIA A CARGA HORÁRIA SEMANAL DE TRABALHO</t>
   </si>
@@ -1684,261 +1684,261 @@
   <si>
     <t>DECLARA DE UTILIDADE PUBLICA A ASSOCIAÇÃO CULTURAL ESPORTIVA E RECREATIVA DOS PRODUTORES DO PIRATINGA - ACERPRI.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER Á EXCELENTÍSSIMA PREFEITA : 1) RELAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS (EFETIVOS, COMISSIONADOS E TEMPORÁRIOS) NOMEADOS OU CONTRATADOS DE FEVEREIRO DE 2015 ATÉ A PRESENTE DATA ; 2)RELAÇÃO DOS SERVIDORES LICENCIADOS PARA TRATAR DE INTERESSE PARTICULAR NOS ANOS DE 2013, 2014 E 2015, BEM COMO DAQUELES QUE AINDA USUFRUEM A REFERIDA LICENÇA; 3) CÓPIAS DAS DECLARAÇÕES DE BENS DO EX- SECRETÁRIO MUNICIPAL DA SAÚDE, NO PERÍODO DE 2013 A 2015, APRESENTADAS POR OCASIÃO DA POSSE E DE SUA EXONERAÇÃO.   </t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER Á EXCELENTÍSSIMA PREFEITA, OUVIDO O PLENÁRIO, CÓPIAS DOS CARTÕES OU FOLHAS DE PONTO DO SENHOR JOSÉ MIRANDA PEREIRA DOS REIS, COM A INDICAÇÃO DO LOCAL EM QUE EXERCEU O CARGO DE MOTORISTA, E DA DECLARAÇÃO DE BENS DO SENHOR EVILÁSIO FERREIRA DOS REIS, SECRETÁRIO DE GOVERNO. </t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER Á EXCELENTÍSSIMA PREFEITA, AS SEGUINTES INFORMAÇÕES E DOCUMENTOS: 1) REMESSA AO PODER LEGISLATIVO DE NOTAS FISCAIS, CHEQUES E/OU ORDENS BANCÁRIAS REFERENTES AOS GASTOS EFETUADOS COM CONSUMO DE COMBUSTÍVEL NOS MESES DE JANEIRO E FEVEREIRO DE 2016 DAS SECRETÁRIAS MUNICIPAIS DE ASSISTÊNCIA SOCIAL, INFRAESTRUTURA E SAÚDE, BEM, COMO DAS REQUISIÇÕES/AUTORIZADAS DE ABASTECIMENTO.  </t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS DE MANUTENÇÃO E RECUPERAÇÃO DA ESTRADA RM09, QUE FAZ A LIGAÇÃO DA CIDADE DE FORMOSO À COOPERTINGA.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS DE MANUTENÇÃO E RECUPERAÇÃO DA ESTRADA QUE FAZ A LIGAÇÃO DO DISTRITO DE GOIAMINAS À COOPERTINGA.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS DE RECUPERAÇÃO DO ASFALTO, NAS RUAS DO DISTRITO DE GOIAMINAS.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS DE RECUPERAÇÃO DAS RUAS DA COHAB, SETOR AEROPORTO.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS DE RECUPERAÇÃO DAS ESTRADAS QUE DÃO ACESSO À IGREJA CATÓLICA E DEMAIS RAMAIS NA LOCALIDADE PIRATINGA DOS PIABAS.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS NA CONSTRUÇÃO DA NOVA PONTE SOBRE O RIO PIRATINGA NA RM 09, VIA BR 020.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS NA REFORMA DAS PONTES SOBRE OS RIOS: RASGADO, QUEBRA-QUINAU, TABOCA, SÃO FRANCISCO E SÃO JOAQUIM.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS NA CONSTRUÇÃO DE BUEIRO NO CÓRREGO BARREIRO.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS NA CONSTRUÇÃO DE BARRAGENS PARA PEQUENOS PRODUTORES E ASSENTADOS. </t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A POSSIBILIDADE DE GRATIFICAR AQUELES QUE OCUPAM O CARGO E/OU EXERCEM A FUNÇÃO DE SECRETÁRIO ESCOLAR.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A EXECUÇÃO DE SERVIÇOS NA SINALIZAÇÃO DAS RUAS PRINCIPAIS DA CIDADE, COM PRIORIDADE ÀS VIAS DE ACESSO ESCOLAR, COM FAIXAS, PLACAS E QUEBRA-MOLAS.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À PREFEITA PROVIDÊNCIAS VISANDO A POSSIBILIDADE DE REABERTURA DO BERÇÁRIO DA CRECHE PARAÍSO INFANTIL.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER, OUVIDO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE SOLICITE À ILUSTRE PREFEITA MUNICIPAL CÓPIA DO CONTRATO DE LOCAÇÃO DO IMÓVEL UTILIZADO PARA O FUNCIONAMENTO DA AGÊNCIA DOS CORREIOS DO DISTRITO DE GOIAMINAS. </t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.jpeg</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ENCAMINHA PROJETO DE LEI 1/2015</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA PROJETO DE LEI 3/2015 </t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA PROJETO DE LEI QUE CONCEDE REVISÃO SALARIAL.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>APRESENTA O PROJETO DE LEI 7/2015 QUE PROMOVE A DOAÇÃO DE LOTES URBANOS NO BAIRRO VILA SANTA LUZIA, NA CONSTRUÇÃO DE MORADIAS DO PROGRAMA "MINHA CASA, MINHA VIDA".</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>PLANO DECENAL MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>DOAÇÃO DE ÁREA OCUPADA PELO SR. ANTÔNIO PEREIRA GOMES, DESTINADA À CONSTRUÇÃO DE ANTENA DE RECEPÇÃO E TRANSMISSÃO DE TELEFONIA CELULAR.</t>
   </si>
   <si>
     <t>ENCAMINHAMOS A ESTA DOUTA EDILIDADE O PROJETO DE LEI QUE DISPÕE SOBRE A AJUDA FINANCEIRA À ASSOCIAÇÃO BENEFICENTE CRISTÃ DE FORMOSO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>PARA OS EFEITOS LEGAIS SUBMETEMOS A DELIBERAÇÃO DESSA CÂMARA MUNICIPAL PROJETO DE LEI DISPONDO O ORÇAMENTO PARA O ANO DE 2016, ESTIMANDO-LHE A RECEITA E FIXANDO-LHE A DESPESA.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t xml:space="preserve"> ALTERAÇÃO DO PLANO PLURIANUAL  DE AÇÕES PARA O QUADRIÊNIO 2014/2017.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE SANEAMENTO BÁSICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO PA SOL NASCENTE.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL AOS PROFISSIONAIS DO MAGISTÉRIO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O VENCIMENTO BASE DOS CARGOS E FUNÇÕES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES MUNICIPAIS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CHEFE DO PODER EXECUTIVO MUNICIPAL A DOAR A ÁREA QUE ESPECIFICA PARA FINS DE CONSTRUÇÃO DE MORADIAS DO PROGRAMA "MINHA CASA, MINHA VIDA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVISA A REMUNERAÇÃO DOS SERVIDORES DA CÂMARA MUNICIPAL DE FORMOSO-MG.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL NO IMPORTE DE R$ 6.541,60 (SEIS MIL, QUINHENTOS E QUARENTA E HUM REAIS E SESSENTA CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO - PME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE4 PÚBLICA A CENTRAL DE ASSOCIAÇÕES DE FORMOSO E REGIÃO.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 514, DE 25 DE NOVEMBRO DE 2014 QUE AUTORIZOU A CHEFE DO PODER EXECUTIVO MUNICIPAL A DOAR A ÁREA QUE ESPECIFICA PARA FINS DE INSTALAÇÃO DE ANTENA DE RECEPÇÃO E TRANSMISSÃO DE SINAL DE TELEFONIA CELULAR.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DIREITOS DO IDOSO, DO FUNDO MUNICIPAL DE DIREITOS DO IDOSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALIENAR, MEDIANTE VENDA, IMÓVEIS PERTENCENTES AO PATRIMÔNIO PÚBLICO MUNICIPAL, QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A AJUDA FINANCEIRA A ASSOCIAÇÃO FILANTRÓPICA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>ALTERA LEI 207/2003, QUE DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DOS ADOLESCENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE FORMOSO PARA O EXERCÍCIO FINANCEIRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>79</t>
   </si>
@@ -1954,143 +1954,143 @@
   <si>
     <t>81</t>
   </si>
   <si>
     <t>ALTERA O INCISO I DO ART.1º DA LEI 486/2013, QUE DISPÕE SOBRE DOAÇÃO DE IMÓVEL AO ESTADO DE MINAS GERAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>ALTERA O 1º DO ART. 5º DA LEI 299/2006, QUE INSTITUI A CONTRIBUIÇÃO PARA O CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t xml:space="preserve">REVISA O SUBSIDIO DA PREFEITA, DO VICE- PREFEITO, DOS VEREADORES E DOS SECRETÁRIOS MUNICIPAIS DE FORMOSO- MG. </t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A PREFEITA QUANTO AOS VALORES DISPONÍVEIS EM CONTAS ESPECIFICAS DA PREFEITA MUNICIPAL PARA CONCLUSÃO DAS OBRAS DA ESCOLA MUNICIPAL MATILDE CARNEIRO DE ALMEIDA, SITUADA NO P.A SÃO FRANCISCO, E DA CRECHE PRÓ-INFÂNCIA, BEM COMO O ENVIO DAS PLANILHAS ORÇAMENTARIAS REFERENTES AO REMANESCENTE DAS REFERIDAS OBRAS E, SE HOUVER, DOS RESPECTIVOS PROJETOS.   </t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PREFEITA INFORMAÇÕES SOBRE O QUANTITATIVO DE SERVIDORES PÚBLICOS DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO MUNICIPAL , INCLUSIVE DOS COMISSIONADOS E CONTRATADOS TEMPORARIAMENTE, COMPREENDENDO NOME COMPLETO, CARGO E/OU FUNÇÃO E VENCIMENTO REFERENTES AOS EXERCÍCIOS DE 2014 E 2015.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PREFEITA CÓPIA DAS FOLHAS DE PAGAMENTO DOS SERVIDORES PÚBLICOS DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO MUNICIPAL, INCLUSIVE DOS COMISSIONADOS E CONTRATADOS TEMPORARIAMENTE, REFERENTES AOS EXERCÍCIOS DE 2013 E 2014 E O MÊS DE JANEIRO DE 2015.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITA, OS SEGUINTES DOCUMENTOS E INFORMAÇÕES:_x000D_
 I) - CÓPIA DOS CARTÕES PONTO DOS FUNCIONÁRIOS DA LIMPEZA URBANA (VARREÇÃO DE RUA) REFERENTE AO EXERCÍCIO DE 2013 ATÉ A PRESENTE DATA;_x000D_
 II) - CÓPIA DOS TERMOS DE POSSE DOS SERVIDORES EMPOSSADOS EM 12 DE JUNHO DE 2014 PARA O CARGO DE AUXILIAR DE SERVIÇOS GERAIS, PROVIMENTO EFETIVO;_x000D_
 III) - LOCAL DE TRABALHO DE CADA SERVIDOR EMPOSSADO EM 12 DE JUNHO DE 2014 PARA O CARGO DE AUXILIAR DE SERVIÇOS GERAIS, PROVIMENTO EFETIVO, BEM COMO SUA FUNÇÃO;_x000D_
 IV) - NOME DO DIRETOR OU DO CHEFE IMEDIATO DE SERVIÇO DE LIMPEZA URBANA NOS EXERCÍCIOS DE 2013, 2014 ATÉ A PRESENTE DATA._x000D_
 V) - NOMES DOS SERVIDORES DESIGNADOS PARA COMISSÃO DE LICITAÇÃO, EXERCÍCIOS 20013, 2014 E 2015, SEUS RESPECTIVOS CARGOS/FUNÇÕES E LOCAL DE TRABALHO.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITA INFORMAÇÕES QUANTO AO NÚMERO DE CRIANÇAS DE 0 A 3ANOS MATRICULADAS EM CRECHE(S) PÚBLICA(S) E DE 4 A 5 ANOS MATRICULADAS EM PRÉ-ESCOLA (S), BEM COMO A INDICAÇÃO PRECISA DA(S) UNIDADE(S) FÍSICA(S) ONDE É OFERECIDA A EDUCAÇÃO INFANTIL NO MUNICÍPIO E SUAS PRESENTES CONDIÇÕES DE USO. REQUEREM TAMBÉM INFORMAÇÕES QUANTO À SITUAÇÃO DA OBRA REFERENTE AO PROGRAMA PRÓ INFÂNCIA E AS EVENTUAIS MEDIDAS TOMADAS PELO PODER EXECUTIVO DO MUNICÍPIO VISANDO SUA CONCLUSÃO.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITA INFORMAÇÕES SOBRE QUAIS EMPRESAS CONCORRERAM A LICITAÇÃO DA MERENDA ESCOLAR NO MUNICÍPIO E QUAL A VENCEDORA NO CERTAME LICITATÓRIO.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A PREFEITA INFORMAÇÕES QUANTO À REMUNERAÇÃO PERCEBIDA PELOS SERVIDORES QUE EXERCEM OS CARGOS E/OU FUNÇÕES DE TÉCNICO EM ENFERMAGEM, TÉCNICO EM HIGIENE DENTAL, TÉCNICO EM RADIOLOGIA E DENTISTA , DISCRIMINANDO O VENCIMENTO E AS RESPECTIVAS VANTAGENS PERMANENTES E/OU TRANSITÓRIAS.    </t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER À PREFEITA OS SEGUINTES DOCUMENTOS E INFORMAÇÕES:_x000D_
 1) NOMES DAS EMPRESAS QUE PARTICIPARAM DO PROCESSO LICITATÓRIO QUE TEM POR OBJETO A REFORMA DO TELHADO DA UNIDADE MISTA DE SAÚDE;_x000D_
 2) CÓPIAS DOS CONTRATO DA OBRA E DO RESPECTIVO EMPENHO GLOBAL; E_x000D_
 3) RELAÇÃO NOMINAL E REMUNERAÇÃO, DISCRIMINANDO-SE O VENCIMENTO E AS RESPECTIVAS VANTAGENS, DOS SERVIDORES EFETIVOS, COMISSIONADOS E CONTRATADOS QUE TRABALHAM NA UNIDADE MISTA DE SAÚDE, NA GARAGEM DA PREFEITURA; NA ESCOLA FELINTRO DIAS ANDRADE; NA ESCOLA SANTO ANTONIO; NO POSTO DE SAUDE DE GOIAMINAS E NOS PSF'S II E II</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONVOCA O SECRETARIO MUNICIPAL DE SAÚDE PARA TRATAR DE ASSUNTOS REFERENTES À SUA PASTA, ESPECIALMENTE OS RELATIVOS : 1) À VARIAÇÃO MENSAL DE SUA REMUNERAÇÃO; 2) À QUALIDADE DOS SERVIÇOS PRESTADOS OU COLOCADOS À DISPOSIÇÃO DA POPULAÇÃO; 3)AO REGIME DE ADIANTAMENTO( SUPRIMENTO DE FUNDO); 4) À(S) LICITAÇÃO(ÕES) REALIZADAS VISANDO A CONTRATAÇÃO DE MEDICAMENTOS, BENS OU SERVIÇOS NA ÁREA DE SAÚDE; E 5) OUTROS ASSUNTOS RELACIONADOS COM A COMPETÊNCIA DE SUA PASTA. </t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, INFORMAÇÕES À PREFEITA QUANTO AOS VALORES DISPONÍVEIS EM CONTAS ESPECÍFICAS DA PREFEITURA MUNICIPAL PARA CONCLUSÃO DAS OBRAS DA ESCOLA MUNICIPAL MATILDE CARNEIRO DE ALMEIDA ,SITUADA NO P.A SÃO FRANCISCO, E DA CRECHE PRÓ-INFÂNCIA, BEM COMO O ENVIO DAS PLANILHAS ORÇAMENTARIAS REFERENTES AO REMANESCENTE DAS REFERIDAS OBRAS E, SE HOUVER, DOS RESPECTIVOS PROJETOS.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER À PREFEITA , DEPOIS DE APROVADO PELO PLENÁRIO, PROVIDÊNCIAS NO SENTIDO DE REVISAR, MEDIANTE LEI, A REMUNERAÇÃO DOS SERVIDORES QUE EXERCEM O CARGO DE SECRETÁRIO ESCOLAR COM O OBJETIVO DE COMPENSAR A DEFASAGEM SALARIAL OCORRIDA NOS ÚLTIMOS ANOS. </t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER  À ILUSTRE PREFEITA INFORMAÇÃO QUANTO AO VALOR MENSAL DOS HONORÁRIOS DEVIDOS AO ADVOGADO MARCUS VINICIUS VAZ GONTIJO, CONTRATADO PELA PREFEITURA MUNICIPAL DE FORMOSO-MG.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>REMESSA AO PODER LEGISLATIVO DE: - CÓPIA DO INTEIRO TEOR DA MOVIMENTAÇÃO DOS RECURSOS LIBERADOS JUNTO AO BDMG LEI 415/2011;- RELAÇÃO NOMINAL DOS FUNCIONÁRIOS CONTRATADOS JUNTO A SECRETARIA DE EDUCAÇÃO;- NOTAS FISCAIS, CHEQUES E/OU ORDEM BANCARIA REFERENTE AOS GASTOS COM A 50ª E 51ª FESTA DE JULHO;- NOTAS FISCAIS, CHEQUES E/OU ORDEM BANCARIA REFERENTES AOS GASTOS NA OPERAÇÃO TAPA BURACO EMPENHO N° 2219/2014; - NOTAS FISCAIS, CHEQUES E/OU ORDEM BANCARIA REFERENTES AOS GASTOS EFETUADOS NO RECAPEAMENTO DO ASFALTO PROCESSO LICITATÓRIO N° 190 E 193/2014; - NOTAS FISCAIS E CHEQUES REFERENTES ADIANTAMENTOS FINANCEIROS AO CHEFE DE GABINETE E SECRETARIO DE SAÚDE NOS ANOS 2013 E 2014.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, QUE SOLICITE À ILUSTRE PREFEITA MUNICIPAL CÓPIA DO CONTRATO DE LOCAÇÃO DO IMÓVEL UTILIZADO PARA O FUNCIONAMENTO DA AGÊNCIA DOS CORREIOS DO DISTRITO DE GOIAMINAS.</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, INFORMAÇÕES À PREFEITA SOBRE O CUSTO COM O FORNECIMENTO DE GÁS PARA A ESCOLA MUNICIPAL SANTO ANTÔNIO, SITUADA NO DISTRITO DE GOIAMINAS, NOS EXERCÍCIOS DE 2013 E 2014, OS DADOS DA EMPRESA FORNECEDORA E AINDA O QUANTITATIVO DE GÁS FORNECIDO NOS MESES DE JANEIRO, FEVEREIRO E MARÇO DE 2015.</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES SOBRE A IMPRENSA VENCEDORA  DA LICITAÇÃO PARA EXECUÇÃO DAS OBRAS DE INFRAESTRUTURA OBJETO DE CONVÊNIO FIRMADO ENTRE O MUNICÍPIO DE FORMOSO E O INCRA (EMPENHO Nº 800231), BEM COMO A RELAÇÃO DAS OBRAS QUE SERÃO REALIZADAS EM CADA ASSENTAMENTO; OS ASSENTAMENTOS QUE SERÃO BENEFICIADOS E O CRONOGRAMA DAS OBRAS.  </t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES SOBRE O LOCAL ONDE FICA O VEÍCULO OFICIAL DO GABINETE PLACA PUB5088, NOS FERIADOS , FINS DE SEMANA E HORÁRIOS APÓS O EXPEDIENTE, BEM COMO O NOME DO MOTORISTA   QUE CONDUZ O RESPECTIVO VEÍCULO. </t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DO SECRETÁRIO MUNICIPAL DA AGRICULTURA PARA TRATAR DE ASSUNTOS REFERENTES À SUA PASTA, ESPECIALMENTE OS RELATIVOS: 1) A VARIAÇÃO MENSAL DE SUA REMUNERAÇÃO; 2)A QUALIDADE DOS SERVIÇOS PRESTADOS OU COLOCADOS À DISPOSIÇÃO DA POPULAÇÃO ; 3) AGRICULTURA FAMILIAR E PAA; 4) OUTROS ASSUNTOS RELACIONADOS COM A COMPETÊNCIA DE SUA PASTA.</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A CONVOCAÇÃO DO SECRETÁRIA DE TURISMO PARA TRATAR DE ASSUNTOS REFERENTES À SUA PASTA, ESPECIALMENTE OS RELATIVOS : 1) COMO É PROMOVIDO O TURISMO NO MUNICÍPIO E OS LOCAIS ; 2) QUAIS OS GASTOS COM O TURISMO EM 2013, 2014 E 2015; 3) QUAIS OS PLANEJAMENTOS PARA 2015 E 2016; E 4) OUTROS ASSUNTOS RELACIONADOS COM A COMPETÊNCIA DE SUA PARTE. </t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DO SECRETÁRIO MUNICIPAL DE CULTURA PARA TRATAR DE ASSUNTOS REFERENTES À SUA PASTA, ESPECIALMENTE OS RELATIVOS: 1)AO PATRIMÔNIO PUBLICO CULTURAL; 2)A UTILIZAÇÃO DE BEM PÚBLICO; E 3) OUTROS ASSUNTOS RELACIONADOS COM A COMPETÊNCIA DE SUA PASTA.</t>
   </si>
   <si>
     <t>REQUER OS SEGUINTES DOCUMENTOS : 1- CÓPIA DO PROCESSO LICITATÓRIO N° 416/2014.</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES À PREFEITA QUANTO Á DESTINAÇÃO DOS MATERIAIS (ESPECIALMENTE DO MADEIRAMENTO)RETIRADOS DA CRECHE PARAÍSO INFANTIL E DA UNIDADE MISTA DE SAÚDE ABDIAS MAGALHÃES DE ORNELAS POR OCASIÃO DE SUAS REFORMAS.</t>
   </si>
@@ -2145,51 +2145,51 @@
   <si>
     <t>68</t>
   </si>
   <si>
     <t>REQUER Á ILUSTRE PREFEITA, OUVIDO O PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, OS SEGUINTES DOCUMENTOS E INFORMAÇÕES. I- REMESSA A PODER LEGISLATIVO DE CÓPIA DE RELAÇÃO NOMINAL DOS SERVIDORES REMUNERADOS PELO MUNICÍPIO DE FORMOSO E QUE EXERCEM  CARGO E/OU FUNÇÃO NA COMARCA DE BURITIS.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>REQUER AS SEGUINTES INFORMAÇÕES E DOCUMENTOS:</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER Á ILUSTRE PREFEITA, OUVIDO O PLENÁRIO E POR INTERMÉDIO DA MESA DIRETORA, AS SEGUINTES INFORMAÇÕES: </t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>Vereador Almy</t>
   </si>
   <si>
-    <t>https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2014/2/2_texto_integral.doc</t>
+    <t>http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2014/2/2_texto_integral.doc</t>
   </si>
   <si>
     <t>TESTE 2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2496,68 +2496,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_de_lei_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_de_lei_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/239/projeto_de_lei_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/242/projetos_de_lei_11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/243/projetos_de_lei_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei_13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/245/projeto_de_lei_14-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/246/projetos_de_lei_15-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/220/indicacao-01-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao-02-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/222/indicacao-03-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao-04-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/224/indicacao-05-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao-06-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao-07-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/227/indicacao-08-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao-09-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao-10-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/230/indicacao-11-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/231/indicacao-12-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/188/indicacao_no_1-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/189/indicacao_no_2-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/190/indicacao_no_3-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/191/indicacao_no_4-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/192/indicacao_no_5-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/193/indicacao_no_6-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/194/indicacao_no_7-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/195/indicacao_no_8-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/196/indicacao_no_9-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/198/indicacao_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/199/indicacao_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/200/indicacao_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/201/indicacao_no_14-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/202/indicacao_no_15-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/203/indicacao_no_16-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/204/indicacao_no_17-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/205/indicacao-18-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/206/indicacao-19-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/208/indicacao-21-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/209/indicacao-23-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/210/indicacao-24-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/212/indicacao-26-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/213/indicacao-27-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/214/indicacao-28-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/215/indicacao-29-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/216/indicacao-30-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/217/indicacao-31-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/218/indicacao-32-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/219/indicacao-38-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/184/pl_n.01.2020__000026.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/183/pl_n.02.2020__000025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/185/pl_n.03.2020__000024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/186/pl_n.04.2020__000027.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/187/pl_n.05.2020__000028.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/121/indicacao_1.2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/122/indicacao_2.2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/123/indicacao_3.2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/124/indicacao_4.2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/125/indicacao_5.2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/126/indicacao_6.2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/127/indicacao_7.2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/128/indicacao_8.2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/129/indicacao9.2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/130/indicacao_10.2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/131/indicacao_11.2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/132/indicacao_12.2109.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/133/indicacao_13.2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/134/indicacao_14.2109.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/135/indicacao_15.2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/136/indicacao_16.2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/137/indicacao_17.2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/138/indicacao_18.2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/139/indicacao_19.2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/140/indicacao_20.2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/141/indicacao_21.2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/142/indicacao_22.2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/143/indicacao_23.2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/144/indicacao_24.2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/145/indicacao25.2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/147/indicacao27.2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/148/indicacao_28.2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/149/indicacao_29.2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/150/indicacao30.2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/151/indicacao_31.2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/152/indicacao_32.2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/153/indicacao_33.2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/154/indicacao_34.2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/155/indicacao_35.2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/156/indicacao_36.2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/157/indicacao_37.2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/158/indicacao_38.2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/159/indicacao_39.2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/160/indicacao40.2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/161/indicacao_41.2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/162/indicacao_42.2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/163/indicacao_43.2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/164/indicacao_44.2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/165/indicacao45.2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/166/indicacao_46.2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/167/indicacao_47.2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/168/indicacao_48.2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/169/indicacao_49.2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/170/indicacao_50.2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/171/indicacao_51.2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/172/indicacao_52.2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_53.2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_54.2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_55.2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_56.2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_57.2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_58.2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/179/indicacao_59.2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/180/indicacao_60.2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/118/proj_2.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/119/proj_3.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/181/requerimentos_1.2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/182/requerimentos2._2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2014/2/2_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_de_lei_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_de_lei_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_de_lei_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_de_lei_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/239/projeto_de_lei_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/242/projetos_de_lei_11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/243/projetos_de_lei_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/244/projeto_de_lei_13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/245/projeto_de_lei_14-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2023/246/projetos_de_lei_15-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/220/indicacao-01-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao-02-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/222/indicacao-03-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao-04-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/224/indicacao-05-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao-06-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao-07-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/227/indicacao-08-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao-09-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao-10-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/230/indicacao-11-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2022/231/indicacao-12-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/188/indicacao_no_1-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/189/indicacao_no_2-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/190/indicacao_no_3-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/191/indicacao_no_4-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/192/indicacao_no_5-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/193/indicacao_no_6-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/194/indicacao_no_7-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/195/indicacao_no_8-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/196/indicacao_no_9-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/198/indicacao_no_11-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/199/indicacao_no_12-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/200/indicacao_no_13-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/201/indicacao_no_14-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/202/indicacao_no_15-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/203/indicacao_no_16-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/204/indicacao_no_17-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/205/indicacao-18-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/206/indicacao-19-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/208/indicacao-21-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/209/indicacao-23-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/210/indicacao-24-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/212/indicacao-26-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/213/indicacao-27-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/214/indicacao-28-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/215/indicacao-29-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/216/indicacao-30-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/217/indicacao-31-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/218/indicacao-32-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/219/indicacao-38-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/184/pl_n.01.2020__000026.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/183/pl_n.02.2020__000025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/185/pl_n.03.2020__000024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/186/pl_n.04.2020__000027.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2020/187/pl_n.05.2020__000028.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/121/indicacao_1.2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/122/indicacao_2.2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/123/indicacao_3.2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/124/indicacao_4.2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/125/indicacao_5.2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/126/indicacao_6.2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/127/indicacao_7.2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/128/indicacao_8.2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/129/indicacao9.2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/130/indicacao_10.2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/131/indicacao_11.2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/132/indicacao_12.2109.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/133/indicacao_13.2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/134/indicacao_14.2109.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/135/indicacao_15.2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/136/indicacao_16.2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/137/indicacao_17.2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/138/indicacao_18.2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/139/indicacao_19.2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/140/indicacao_20.2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/141/indicacao_21.2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/142/indicacao_22.2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/143/indicacao_23.2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/144/indicacao_24.2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/145/indicacao25.2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/147/indicacao27.2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/148/indicacao_28.2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/149/indicacao_29.2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/150/indicacao30.2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/151/indicacao_31.2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/152/indicacao_32.2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/153/indicacao_33.2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/154/indicacao_34.2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/155/indicacao_35.2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/156/indicacao_36.2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/157/indicacao_37.2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/158/indicacao_38.2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/159/indicacao_39.2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/160/indicacao40.2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/161/indicacao_41.2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/162/indicacao_42.2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/163/indicacao_43.2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/164/indicacao_44.2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/165/indicacao45.2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/166/indicacao_46.2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/167/indicacao_47.2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/168/indicacao_48.2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/169/indicacao_49.2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/170/indicacao_50.2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/171/indicacao_51.2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/172/indicacao_52.2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_53.2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_54.2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_55.2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_56.2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_57.2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_58.2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/179/indicacao_59.2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/180/indicacao_60.2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/118/proj_2.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/119/proj_3.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/181/requerimentos_1.2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/sapl/public/materialegislativa/2019/182/requerimentos2._2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.formoso.mg.leg.br/media/./sapl/public/materialegislativa/2014/2/2_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H243"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>